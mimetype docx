--- v0 (2025-12-15)
+++ v1 (2026-02-01)
@@ -1,103 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1DE78206" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="00102B73" w:rsidP="00142A48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9341"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5573D8AD" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="00102B73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="584C3D09" w14:textId="77777777" w:rsidR="00142A48" w:rsidRDefault="00142A48">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FCE7A73" w14:textId="77777777" w:rsidR="00142A48" w:rsidRDefault="00142A48">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F3C9B78" w14:textId="77777777" w:rsidR="00142A48" w:rsidRDefault="00142A48">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00142A48">
-          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:headerReference w:type="even" r:id="rId7"/>
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="even" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:footerReference w:type="first" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
           <w:pgMar w:top="720" w:right="1320" w:bottom="280" w:left="1340" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="432510A7" w14:textId="77777777" w:rsidR="00102B73" w:rsidRPr="00B51B40" w:rsidRDefault="00B51B40" w:rsidP="00B51B40">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="94"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251521024" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54E4570E" wp14:editId="56ECA06E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>5063490</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -110,51 +117,51 @@
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="236855" cy="6003290"/>
                           <a:chOff x="7974" y="-1539"/>
                           <a:chExt cx="373" cy="9454"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="22" name="Picture 42"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8">
+                          <a:blip r:embed="rId13">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="7974" y="7577"/>
                             <a:ext cx="373" cy="337"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
@@ -936,51 +943,51 @@
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="50DB7287" id="Group 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:398.7pt;margin-top:-76.95pt;width:18.65pt;height:472.7pt;z-index:-251795456;mso-position-horizontal-relative:page" coordorigin="7974,-1539" coordsize="373,9454" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBxS/SbKwUAAKYyAAAOAAAAZHJzL2Uyb0RvYy54bWzsW91uqzgQvl9p3wFx&#10;3yZgfgJqcrRqzqlW6u5We84+gANOQAcwsknSvP2ObUjj/Gy7VQg3rtQIsDHj+eabGQ/m4ctrWVgb&#10;wnhOq6nt3I9ti1QJTfNqNbX/+fHtbmJbvMFVigtakam9I9z+Mvv1l4dtHROXZrRICbNgkIrH23pq&#10;Z01Tx6MRTzJSYn5Pa1JB45KyEjdwylajlOEtjF4WI3c8DkZbytKa0YRwDlfnqtGeyfGXS5I0fy2X&#10;nDRWMbVBtkb+Mvm7EL+j2QOOVwzXWZ60YuBPSFHivIKH7oea4wZba5afDFXmCaOcLpv7hJYjulzm&#10;CZFzgNk446PZPDG6ruVcVvF2Ve/VBKo90tOnh03+3LwwK0+ntuvYVoVLwEg+1nImQjnbehVDnydW&#10;f69fmJohHD7T5CeH5tFxuzhfqc7WYvsHTWE8vG6oVM7rkpViCJi29Sox2O0xIK+NlcBFFwUT37et&#10;BJqC8Ri5UQtSkgGS4rYwCj3bguY7x0eRQjDJvrb3oxCpmyPP90TjCMfquVLWVrbZQ50nMfy3OoWj&#10;E52+b3twV7NmxG4HKT80RonZz3V9B/DXuMkXeZE3O2nKoCIhVLV5yROhanFyAI/bwQPN4qmW54rp&#10;db3UPVjMSYJjVfQxw9WK/MZrYAFwE+7vLjFGtxnBKReXhY70UeSpJseiyOtveVEI9MRxO2Mg0pEh&#10;nlGaMvI5TdYlqRrFWkYKmDyteJbX3LZYTMoFASNkv6dSIBxzlvwNcoNwcNww0iSZOFyCEO11AHbf&#10;ICV+E1JMh4O9vmuCe1sK/TBUptQZ4t6QEJItezsCHTPePBFaWuIAhAY5pX3jzTMXEkPXrouQuaJC&#10;dZ2ahVytxkFMwTDwfLzTKJyd6PR/kft7hmsC0ohhD6wHSKHI/ZxXYDpSyW2Xx0oRO3mtWmLvDUUO&#10;9mNXA4mVnWi3iJMPaXnihOB7dcZ2aoYGQXUnQNKcL2u5AME/pGUcF5W1Fd4jCuQNnBZ52lkvZ6vF&#10;Y8GsDRYRQf61XkLrJvCbY56pfnzH57RR9gE+uUqlWQoGfW2PG5wX6hhmUFQAcKcdBcWCprsXJmxA&#10;XAe8bwU8uMpD4KUz1VDE8Q2Aj5BOrhZ1BEFH8aULDR1vWmoZ0P87Q7jAdoifB6CrIHl70D1HBmAc&#10;H3Edue84VIP6p1APdNTb/E2GgRv6+FAFlxPUvYmejr3FSMP1D60GLnA91FGX1Lo91x3X9c+6eHds&#10;yH6cJF8joYN19aGLD4TyB4DdU2nbCdvRRK7MTDp3UMy4BuyRDrvk3ACwT1Tidgq7SvQM7NeFHUG+&#10;fMh2GUlvD7vrXsjojJPvZdWO9iU5uWpHchE1AOzeBba7Yxl2DNuvzPZ9qU/BLgsjA8AeqHXaiZP3&#10;VWnYwH5l2PUaHZB/kJQOOd75TN6kdP04eb1CB6F+GNh9dL5a4zsmk+9hAYf0Gp0rlXx7J++N/fOl&#10;WRPb+2G7XqRzByrSea7fvjk9qs0a2PuBXa/SqcRqALZ7wfnYbpx8P7DrVTp3oCqdF6na+0kmb9je&#10;D+x6lU5Vxm/PdiB1u3fmyMmjyLyK6SGl8/QqnTtQlc73L7Adwb4q87Zd32B4hZo8vO88LM66A1Xp&#10;/KjbDHfMdvMqpo8tVbD9ToN9oCod7JuSa4iT2I7Mq5heYNerdKoyfvvYHoQXa/LmfXsfsV2v0rkD&#10;VemC6BLbjZPvhe16lU6VQm/P9hA5ktXGyasvDuBjCLnLuv1wQ3xtcXgud9m+fV4y+xcAAP//AwBQ&#10;SwMECgAAAAAAAAAhAKCVXXcwCAAAMAgAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoK&#10;AAAADUlIRFIAAAAyAAAALQgGAAAA7L84/wAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAA&#10;DsQBlSsOGwAAB9BJREFUaIHNmX9QU9kVx2/ey49HwEhCKoEpP0J0awZG2JkKNqys2MK6Q5ACM6h1&#10;KiLTCoWtKP7q+GOsVlPXCroI6mxacKqDzIIrFEFG18mKP2CcoRlT4xCTFJg2WBYamABJyI/bP2hm&#10;wuUGEhJcmTl/hHfP95zPu/ee9+55AEIIvDGNRrMmIyOj682bN6u99VkOO3jw4OcikUhrNBpD3f/v&#10;lbPZbKa4XO4YAAAmJCS8tFqtzHcNYLfbyT179sgBABAAADs7Oz/xGSQ7O7vVJQAAgAUFBbffJcTU&#10;1BR73bp1SvccTp48econELPZTNHpdJu7CAAAnjlz5tj3BQEAgCUlJXU+gTgcDoLD4YyjQjQazalW&#10;q8XLCWEymUJEIpEWF7ulpSXP56XV29u7nkajOVFBoVCom5iY4CwHxOTkZHBMTMwAGpMgCPudO3d+&#10;jo73Wvjq1at7UVEAANy0adMju91OBhJiaGgoKiIi4t+4mWhvb8/C+fgUIDc3twUHU1ZWVhMoiOHh&#10;YQGPxxvDQdTX1+/25OdTkJmZGUZkZOS8OwUAgB0dHZ/6CzE4OBi9atWqt6g2nU6fWUx/KdP+Q1wV&#10;4/F4owaDIWKpEDqdLm7FihUT3mzsgIBACMGNGzd+iZuV+Ph4lcViYfmqZzAYIrhc7n8xmk65XF7s&#10;jcaSl8HWrVvv4mBkMtmRJSyn/2Cqk6OhoaHQW50lg1itVqZAIDBgloLj4cOHP/VGo6+v78OgoKAp&#10;VIPJZFp93XNLBoEQAr1eH4vbLxRFTWs0mjUL+Wq1WhGbzZ7EQTx9+lTiay5+gUAIwa1bt3bglphE&#10;InmywA0Q4vYEk8m0dHd3f7SUPPwGgRCCnJycr3EwlZWVf0LH6nQ6IYfDmVedKIqafvbs2U+WmkNA&#10;QOx2O7l27Vo1DqaxsXGbOwSLxbKgYzgczoRSqUz0J4eAgEA4W0IZDIYVTTIkJMRkNBpDX716JWaz&#10;2fM2No/HG9Pr9UJ/4wcMBEIIrl279mvcrCQmJv69o6NjC1oYIiIiDAMDAzGBiB1QEAghSE9P/wYH&#10;s23btsbr16//yvVbLBarx8fHVwYqbsBBRkZGfhAeHj6Mg6mtrS0tKir6S0pKynP0zP3egUA4+waL&#10;e9Cx2eypoaGhqOWIuSwgRqMx9ObNm7/AzUpcXJx2cnIyONAxCRDgv5qams/4fP7o9PQ0Oysrqx29&#10;rtfrRdu3b28MdNyA3pVTp06dBG6v3/fv38+MjY3VA2RW0tLSFP39/R+8l0urr6/vQzRhNps9qVKp&#10;4kmStJEkaZNIJE9SU1OfMBiMGYIgHC9evPjxewPiOn/Y7XYyKSmpzx2krq6uBEIIlErluuzs7FYa&#10;jeZwvx4cHGyanp4O+t5AHjx48LPU1NRuJpNpAQBAPp8/Ul1dvU+v18eSJGkHAEC5XL7HNd7hcBAx&#10;MTH/RGcMAAALCwvr3zlIc3NzHq5F47ItW7Z0XLp06be1tbWlqO/r169/hLaUWCyW5fjx42feGYhC&#10;oUiLjo4e9ATgbpcvX/7Mk87t27cLwOxL4rhMJjtSVlZWIxKJtCEhISaKoszBwcGTAoHAkJKS0nP0&#10;6NFzz58/3zAzM8PwG0Sn08WtX7++1xsAlwkEAsNCwR8/fvzR2NgYD9dBxBmdTrdlZGR0tbe3Zzmd&#10;TppPIFarlXngwIGLBEE4UGEGg2FduXLlOEVRZk/BFQrFxwvdIJlMdsSXm+OyuLg4bVNTUwGuITgv&#10;iFqtXhsZGfkvVCQpKanv3r17nzocDsI19uXLlwlhYWHfoWMvXLhwcCEQsVg85+wSFhb23fDwsADC&#10;2X5vT09PckVFRVVUVBR2OUdHRw/09vYmY0GcTift3LlzRwmCsCNOg48ePdrkKanOzs5P0EA9PT0p&#10;C4GwWKw5s7l58+aHnsaq1Wpxbm5uC1q6CYKwV1dXV8wBsVqtTIlE8gRNSCqVti3Wpzp79uzv0GfD&#10;Yh+C0O5LfHz8PxbbzBqNZo1QKNShOe7bt+8ShBAAm81Gz8jI6EIH7Nq1q8F9GXnaS3w+f87SOn/+&#10;/KHFkkJvWlBQ0JQ3jb3R0dGw2NjYec+jhoaGQrB///4q9EJeXl7zQhXCZZWVlRfc/VavXq3xxq+q&#10;qmo/GrO4uPjLxfwghEChUHyM2zMAbRqHhoYaXRtvIautrS1FBbu6ujK9SUar1YpwFbG5uTl/Md+7&#10;d+9uRf2ioqIGQWho6Jz+0sWLFw8sJGSxWFglJSV1qNixY8f+4A2Ey4qKiv6MqUjO4uLiLz0dvurr&#10;6wtxDcFDhw59DtDORmlpaZ2n4K2trdm4Y+yOHTtu+QIBIQRKpTIRADDvK9j/K5Jjw4YNz8rLy7/Y&#10;u3fv1bS0tG9xDT0ajeY8ffr0cQghAMnJyT3ogMzMzC65XF7c1taW3dTUVFBeXv4FrtEMAIAbN278&#10;dikdeAghOHz48B9xmt5Yampqt0qlSnBpeWx5emP5+flfefsu5MlOnDjxe08zgxpJkjapVPo33EdY&#10;AKHnFo4nYzAYM1VVVRX+ALibSqWKl0qlbeHh4cPuRYCiKLNQKNTt3Lnzr62trdkmkynEkwaAcPa8&#10;sHv37vrFAGg0mjM/P/8rf75MeWNms5my2Wx0X3zm/Ojv7/8gJyfnay6XO0aSpI1Op9v4fP5Ienr6&#10;N1euXPnN27dvw5cTwB/7H3UItRR2f9hBAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQB2qejm4wAA&#10;AAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWsekIW2IU1UVcKqQaJEQt228&#10;TaLGdhS7Sfr3uCc4ruZp5m2+nnTLBupdY40EMY+AkSmtakwl4evwNlsCcx6NwtYaknAlB+vi/i7H&#10;TNnRfNKw9xULJcZlKKH2vss4d2VNGt3cdmRCdrK9Rh/OvuKqxzGU65Y/RdEz19iYsFBjR9uayvP+&#10;oiW8jzhuYvE67M6n7fXnkHx87wRJ+fgwbV6AeZr8Hww3/aAORXA62otRjrUS0lW6CKiEmUjiFbCA&#10;LONFCux4y0QCvMj5/yeKXwAAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMv&#10;X3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS31&#10;7SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5c&#10;zKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtN&#10;p6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJn&#10;tgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBxS/SbKwUAAKYyAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoA&#10;AAAAAAAAIQCglV13MAgAADAIAAAUAAAAAAAAAAAAAAAAAJEHAABkcnMvbWVkaWEvaW1hZ2UxLnBu&#10;Z1BLAQItABQABgAIAAAAIQB2qejm4wAAAAwBAAAPAAAAAAAAAAAAAAAAAPMPAABkcnMvZG93bnJl&#10;di54bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAAADEQAAZHJzL19y&#10;ZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAAD2EQAAAAA=&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Picture 42" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:7974;top:7577;width:373;height:337;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+vUXoxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeEJvNesiVlajiKUgpS347+DtsXluVjcvSxJ1++2bQsHjMDO/YWaLzjbiRj7UjhUMBxkI&#10;4tLpmisF+937ywREiMgaG8ek4IcCLOa9pxkW2t15Q7dtrESCcChQgYmxLaQMpSGLYeBa4uSdnLcY&#10;k/SV1B7vCW4bmWfZWFqsOS0YbGllqLxsr1ZBd/76vB6Or54vH6Pv3JvxefOGSj33u+UURKQuPsL/&#10;7bVWkOfw9yX9ADn/BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP69RejEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
-                  <v:imagedata r:id="rId9" o:title=""/>
+                  <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
                 <v:line id="Line 41" o:spid="_x0000_s1028" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8170,-1539" to="8170,93" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAo0gtExAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8AQvsk1V0KUaxRWEFfGwdQ8eH83rH21eShO1++2NIHgcZuY3zGLVmVrcqHWVZQWjKAZB&#10;nFldcaHg77j9/ALhPLLG2jIp+CcHq+VHb4GJtnf+pVvqCxEg7BJUUHrfJFK6rCSDLrINcfBy2xr0&#10;QbaF1C3eA9zUchzHU2mw4rBQYkObkrJLejUK6tPp8J13s9l1Z/ZDss3Rr7OzUoN+t56D8NT5d/jV&#10;/tEKxhN4fgk/QC4fAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACjSC0TEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".48pt">
                   <v:stroke dashstyle="1 1"/>
                 </v:line>
                 <v:line id="Line 40" o:spid="_x0000_s1029" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8170,93" to="8170,414" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCnO5MwxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8AQvsk0V0aUaxRWEFfGwdQ8eH83rH21eShO1++2NIHgcZuY3zGLVmVrcqHWVZQWjKAZB&#10;nFldcaHg77j9/ALhPLLG2jIp+CcHq+VHb4GJtnf+pVvqCxEg7BJUUHrfJFK6rCSDLrINcfBy2xr0&#10;QbaF1C3eA9zUchzHU2mw4rBQYkObkrJLejUK6tPp8J13s9l1Z/ZDss3Rr7OzUoN+t56D8NT5d/jV&#10;/tEKxhN4fgk/QC4fAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKc7kzDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".48pt">
                   <v:stroke dashstyle="1 1"/>
                 </v:line>
                 <v:line id="Line 39" o:spid="_x0000_s1030" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8170,414" to="8170,741" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIdzarxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8AQvsk0V1KUaxRWEFfGwdQ8eH83rH21eShO1++2NIHgcZuY3zGLVmVrcqHWVZQWjKAZB&#10;nFldcaHg77j9/ALhPLLG2jIp+CcHq+VHb4GJtnf+pVvqCxEg7BJUUHrfJFK6rCSDLrINcfBy2xr0&#10;QbaF1C3eA9zUchzHU2mw4rBQYkObkrJLejUK6tPp8J13s9l1Z/ZDss3Rr7OzUoN+t56D8NT5d/jV&#10;/tEKxhN4fgk/QC4fAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMh3NqvEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".48pt">
                   <v:stroke dashstyle="1 1"/>
                 </v:line>
                 <v:line id="Line 38" o:spid="_x0000_s1031" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8170,741" to="8170,1225" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA4pajcwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvAimupBpRpFBUERD/4cPC7N2labTWmi1rc3guBxmJlvmOm8NoV4UuVyywr6vQgEcWJ1&#10;zqmC82ndHYNwHlljYZkUvMnBfNZsTDHW9sUHeh59KgKEXYwKMu/LWEqXZGTQ9WxJHLyrrQz6IKtU&#10;6gpfAW4KOYiioTSYc1jIsKRVRsn9+DAKistlv7zWo9Fja3YdsuXJL5KbUu1WvZiA8FT7f/jX3mgF&#10;gyF8v4QfIGcfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADilqNzBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokeweight=".48pt">
                   <v:stroke dashstyle="1 1"/>
                 </v:line>
                 <v:line id="Line 37" o:spid="_x0000_s1032" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8170,1225" to="8170,1432" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBX6Q1HxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Bb2IpquByvVVNyFhRXxYPXg8dG8/tHmpTRR67c3guBxmJnfMItlbxpxpc7VlhV8jyMQ&#10;xLnVNZcKDvu/0QyE88gaG8uk4E4OlunHYIGJtjfe0TXzpQgQdgkqqLxvEyldXpFBN7YtcfAK2xn0&#10;QXal1B3eAtw0chJFU2mw5rBQYUu/FeXn7GIUNMfj9qfo4/iyNpsh2XbvV/lJqa/PfjUH4an37/Cr&#10;/a8VTGJ4fgk/QKYPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFfpDUfEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".48pt">
                   <v:stroke dashstyle="1 1"/>
                 </v:line>
                 <v:line id="Line 36" o:spid="_x0000_s1033" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8170,1432" to="8170,1821" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAmdpk1vQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NDsFA&#10;EL5LvMNmJC7ClgNSliCREHFQDo6T7mhLd7bpLurt7UHi+OX7ny8bU4oX1a6wrGA4iEAQp1YXnCm4&#10;nLf9KQjnkTWWlknBhxwsF+3WHGNt33yiV+IzEULYxagg976KpXRpTgbdwFbEgbvZ2qAPsM6krvEd&#10;wk0pR1E0lgYLDg05VrTJKX0kT6OgvF6P61szmTz35tAjW539Kr0r1e00qxkIT43/i3/unVYwCmPD&#10;l/AD5OILAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJnaZNb0AAADbAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" strokeweight=".48pt">
                   <v:stroke dashstyle="1 1"/>
                 </v:line>
                 <v:line id="Line 35" o:spid="_x0000_s1034" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8170,1821" to="8170,2214" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBJOjyuxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC/sdwhO8yDbVg7rVKK4grIgHqwePj+b1jzYvpYna/fZGEPY4zMxvmPmyM7W4U+sqywqGUQyC&#10;OLO64kLB6bj5moJwHlljbZkU/JGD5eLzY46Jtg8+0D31hQgQdgkqKL1vEildVpJBF9mGOHi5bQ36&#10;INtC6hYfAW5qOYrjsTRYcVgosaF1Sdk1vRkF9fm8/8m7yeS2NbsB2eboV9lFqX6vW81AeOr8f/jd&#10;/tUKRt/w+hJ+gFw8AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEk6PK7EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".48pt">
                   <v:stroke dashstyle="1 1"/>
                 </v:line>
                 <v:line id="Line 34" o:spid="_x0000_s1035" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8170,2214" to="8170,2421" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBd2QPuvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NCwFB&#10;GL4r/2F6lYuYRaFlCKVIDj4Ojm87r91l551tZ7D+vTkox6fne7aoTSFeVLncsoJ+LwJBnFidc6rg&#10;ct50JyCcR9ZYWCYFH3KwmDcbM4y1ffORXiefihDCLkYFmfdlLKVLMjLoerYkDtzNVgZ9gFUqdYXv&#10;EG4KOYiikTSYc2jIsKR1Rsnj9DQKiuv1sLrV4/FzZ/YdsuXZL5O7Uu1WvZyC8FT7v/jn3moFw7A+&#10;fAk/QM6/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF3ZA+6+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" strokeweight=".48pt">
                   <v:stroke dashstyle="1 1"/>
                 </v:line>
@@ -1090,51 +1097,51 @@
         </w:rPr>
         <w:t>te</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005E3295">
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005E3295">
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>kry</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005E3295">
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FFCAA22" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="005E3295">
+    <w:p w14:paraId="7FFCAA22" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="005E3295" w:rsidP="0098133D">
       <w:pPr>
         <w:ind w:left="611"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:w w:val="115"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Gift Aid Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B17E7E5" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="00102B73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="00102B73">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
@@ -1358,63 +1365,55 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="757B82D9" w14:textId="59503EAF" w:rsidR="00102B73" w:rsidRDefault="005E3295">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="820"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Teken </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>eenmalig</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ’n ‘Gift Aid’-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>vorm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00326C2A">
         <w:rPr>
@@ -1426,65 +1425,51 @@
       <w:r w:rsidR="00326C2A">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>elektronies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (op </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>teenblad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">) en </w:t>
       </w:r>
       <w:r w:rsidR="00326C2A">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">epos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00326C2A">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>dit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00326C2A">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00326C2A">
         <w:rPr>
           <w:sz w:val="18"/>
@@ -1655,65 +1640,51 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>gaan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>eis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> vir </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>bydraes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -1955,65 +1926,51 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘Gift Aid’-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>sertifikaat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. Dus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">het </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>ons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -2115,65 +2072,51 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> naam </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>voltooi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>bydrae</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -2365,51 +2308,79 @@
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">bankrekening doen – ons moet </w:t>
+        <w:t xml:space="preserve">bankrekening doen – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>moet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">net </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
@@ -3525,77 +3496,77 @@
         <w:t>Navrae</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A78EA59" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="005E3295">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="154"/>
         <w:ind w:left="100"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Besoek</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
+      <w:hyperlink r:id="rId15">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>www.sagemeente.com</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kontak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
+      <w:hyperlink r:id="rId16">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>bank@sagemeente.com</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>per e-pos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BC33578" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="00102B73">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
@@ -3667,55 +3638,63 @@
       <w:r>
         <w:t xml:space="preserve"> as 25%, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>jy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> die </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>verskil</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> bo 25% self </w:t>
-[...3 lines deleted...]
-        <w:t>eis</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 25% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>self eis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> op </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>persoonlike</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>belastingopgawe</w:t>
       </w:r>
@@ -3912,297 +3891,303 @@
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t>The South African Congregation Private Limited Company Nr. 8413216 UK Charity Nr. 1151071</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00102B73">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="1320" w:bottom="280" w:left="1340" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="2" w:space="720" w:equalWidth="0">
         <w:col w:w="6765" w:space="574"/>
         <w:col w:w="6841"/>
       </w:cols>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06A75CF1" w14:textId="77777777" w:rsidR="00CA469F" w:rsidRDefault="00CA469F" w:rsidP="00142A48">
+    <w:p w14:paraId="5188E193" w14:textId="77777777" w:rsidR="00D94173" w:rsidRDefault="00D94173" w:rsidP="00142A48">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="248DE4F6" w14:textId="77777777" w:rsidR="00CA469F" w:rsidRDefault="00CA469F" w:rsidP="00142A48">
+    <w:p w14:paraId="1652FB79" w14:textId="77777777" w:rsidR="00D94173" w:rsidRDefault="00D94173" w:rsidP="00142A48">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial Narrow">
     <w:altName w:val="Arial Narrow"/>
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7E08BC8E" w14:textId="77777777" w:rsidR="0098133D" w:rsidRDefault="0098133D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="35F09F3D" w14:textId="77777777" w:rsidR="0098133D" w:rsidRDefault="0098133D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7217EE33" w14:textId="77777777" w:rsidR="0098133D" w:rsidRDefault="0098133D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7FB2D883" w14:textId="77777777" w:rsidR="00CA469F" w:rsidRDefault="00CA469F" w:rsidP="00142A48">
+    <w:p w14:paraId="2CA0844D" w14:textId="77777777" w:rsidR="00D94173" w:rsidRDefault="00D94173" w:rsidP="00142A48">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F851876" w14:textId="77777777" w:rsidR="00CA469F" w:rsidRDefault="00CA469F" w:rsidP="00142A48">
+    <w:p w14:paraId="159AE1C0" w14:textId="77777777" w:rsidR="00D94173" w:rsidRDefault="00D94173" w:rsidP="00142A48">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7AD4A87B" w14:textId="61A49D64" w:rsidR="00142A48" w:rsidRDefault="0059687F" w:rsidP="00142A48">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E1F0E11" w14:textId="77777777" w:rsidR="0098133D" w:rsidRDefault="0098133D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7AD4A87B" w14:textId="143BAD5A" w:rsidR="00142A48" w:rsidRDefault="0098133D" w:rsidP="00142A48">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FCB1EB5" wp14:editId="78934548">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E7C1239" wp14:editId="225DBCA7">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>5997575</wp:posOffset>
+            <wp:posOffset>6521303</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>0</wp:posOffset>
+          <wp:positionV relativeFrom="margin">
+            <wp:posOffset>-239493</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1626235" cy="476250"/>
-[...14 lines deleted...]
-          <wp:docPr id="2" name="Picture 2"/>
+          <wp:extent cx="1558925" cy="541020"/>
+          <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="849902468" name="Picture 38"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="849902468" name="Picture 849902468"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1626235" cy="476250"/>
+                    <a:ext cx="1558925" cy="541020"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelV relativeFrom="margin">
-[...1 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00B51B40">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19D58A84" wp14:editId="293E08E2">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CC1584B" wp14:editId="0E062C19">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>1235075</wp:posOffset>
+            <wp:posOffset>971746</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>0</wp:posOffset>
+          <wp:positionV relativeFrom="margin">
+            <wp:posOffset>-228307</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1626235" cy="485775"/>
-[...14 lines deleted...]
-          <wp:docPr id="4" name="Picture 4"/>
+          <wp:extent cx="1558925" cy="541020"/>
+          <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="2125194653" name="Picture 38"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="849902468" name="Picture 849902468"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1626235" cy="485775"/>
+                    <a:ext cx="1558925" cy="541020"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelV relativeFrom="margin">
-[...1 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4B507E74" w14:textId="77777777" w:rsidR="00142A48" w:rsidRDefault="00142A48">
+  <w:p w14:paraId="4B507E74" w14:textId="0597320E" w:rsidR="00142A48" w:rsidRDefault="00142A48">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54282487" w14:textId="77777777" w:rsidR="0098133D" w:rsidRDefault="0098133D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BF0095C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EC481D8"/>
     <w:lvl w:ilvl="0" w:tplc="98EE8362">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="101"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DE28582E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -4379,130 +4364,136 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="EBBC1C22">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4979" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C42C7E5A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5573" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="204566493">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1166672036">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:val="bestFit" w:percent="163"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00102B73"/>
     <w:rsid w:val="000179BB"/>
     <w:rsid w:val="00102B73"/>
     <w:rsid w:val="00142A48"/>
     <w:rsid w:val="002B1256"/>
     <w:rsid w:val="00326C2A"/>
+    <w:rsid w:val="00481D44"/>
     <w:rsid w:val="00545A8F"/>
-    <w:rsid w:val="0059687F"/>
     <w:rsid w:val="005E3295"/>
+    <w:rsid w:val="0086121B"/>
     <w:rsid w:val="008872A8"/>
+    <w:rsid w:val="0098133D"/>
     <w:rsid w:val="00AD2F07"/>
     <w:rsid w:val="00B51B40"/>
     <w:rsid w:val="00CA469F"/>
+    <w:rsid w:val="00D94173"/>
     <w:rsid w:val="00DA2849"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1E86BAC5"/>
   <w15:docId w15:val="{76897A10-EB9C-4542-B980-44436C7236B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4998,58 +4989,58 @@
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00142A48"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00142A48"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bank@sagemeente.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sagemeente.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bank@sagemeente.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sagemeente.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -5292,343 +5283,84 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...254 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>296</Words>
-  <Characters>1692</Characters>
+  <Characters>1690</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1985</CharactersWithSpaces>
+  <CharactersWithSpaces>1983</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Frik Nortjé</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2013-08-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 10.1 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2020-04-06T00:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>